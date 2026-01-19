--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -3,75 +3,75 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\u02804.SISTEMI\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U08622\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91B160D6-664C-4088-ADE0-D0B3890FA68C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26024BFE-3115-4A12-A32B-B12BE7D14883}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="POST d.lgs97-16 - 15ott2025" sheetId="2" r:id="rId1"/>
+    <sheet name="POST d.lgs97-16 - 7gen2026" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'POST d.lgs97-16 - 15ott2025'!$A$1:$L$40</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'POST d.lgs97-16 - 15ott2025'!$1:$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'POST d.lgs97-16 - 7gen2026'!$A$1:$L$32</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'POST d.lgs97-16 - 7gen2026'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="121">
   <si>
     <t>Soggetto percettore</t>
   </si>
   <si>
     <t>Protocollo</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Oggetto prestazione</t>
   </si>
   <si>
     <t>Ragione dell'incarico</t>
   </si>
   <si>
     <t>Data inizio</t>
   </si>
   <si>
     <t>Data fine</t>
   </si>
   <si>
     <t>Allegato (CV)</t>
   </si>
   <si>
@@ -86,182 +86,152 @@
   <si>
     <t>Numero di partecipanti alla procedura</t>
   </si>
   <si>
     <t>INCARICO DI DIFESA GIUDIZIALE</t>
   </si>
   <si>
     <t xml:space="preserve">ONERI PREVIDENZIALI E SPESE </t>
   </si>
   <si>
     <t>/</t>
   </si>
   <si>
     <t>ICHINO BRUGNATELLI E ASSOCIATI STUDIO LEGALE</t>
   </si>
   <si>
     <t>INCARICO DIFESA GIUDIZIALE</t>
   </si>
   <si>
     <t>in corso</t>
   </si>
   <si>
     <t>ONERI PREVIDENZIALI E SPESE</t>
   </si>
   <si>
-    <t>https://www.autovie.it/ProxyVFS.axd?snode=20312,&amp;stream=</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> /</t>
   </si>
   <si>
-    <t>https://www.autovie.it/ProxyVFS.axd?snode=20145,&amp;stream=</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">NOMINA </t>
   </si>
   <si>
     <t>EVENTUALI SPESE DOCUMENTATE</t>
   </si>
   <si>
     <t>NECESSITA' DI ASSISTENZA GIURIDICO - LEGALE</t>
   </si>
   <si>
     <t>BERGIANTI NICOLA</t>
   </si>
   <si>
     <t>NUZZOLESE VIRIO</t>
   </si>
   <si>
     <t>ATTI /321</t>
   </si>
   <si>
     <t>STUDIO LEGALE ASSOCIATO BERTOSSI CARNELUTTI &amp; CLISELLI</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=24430,&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=20130,&amp;stream=</t>
   </si>
   <si>
     <t>ATTIVITA' DI ASSISTENZA GIURIDICO LEGALE</t>
   </si>
   <si>
     <t>DI LULLO GIOVANNI</t>
   </si>
   <si>
     <t>ATTI /2227</t>
   </si>
   <si>
-    <t>ATTI/230</t>
-[...1 lines deleted...]
-  <si>
     <t>KOSTORIS ALBERTO</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=</t>
   </si>
   <si>
     <t>ELEVATA PROFESSIONALITà E COMPETENZA DELL'AVV. TOFACCHI IN MATERIA DI CONTENZIOSO SUL LAVORO</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=22812,&amp;stream=</t>
   </si>
   <si>
     <t>U/23991</t>
   </si>
   <si>
     <t>NOMINA PRESIDENTE DEL COLLEGIO SINDACALE</t>
   </si>
   <si>
     <t>NOMINA SINDACO EFFETTIVO DEL COLLEGIO SINDACALE</t>
   </si>
   <si>
     <t>MARSEU PAOLO</t>
   </si>
   <si>
     <t>ARDITO VERA</t>
   </si>
   <si>
-    <t xml:space="preserve">AVV.QUAGLIA GIOVANNI DOMENICO </t>
-[...1 lines deleted...]
-  <si>
     <t>NECESSITA' DI ASSISTENZA GIURIDICO-LEGALE</t>
   </si>
   <si>
     <t>U/23988</t>
   </si>
   <si>
     <t>AVV. TIZIANO BORLINA</t>
   </si>
   <si>
-    <t>ATTI/4259</t>
-[...4 lines deleted...]
-  <si>
     <t>VELLUTO GIUSEPPE</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/1792 + U/28723</t>
   </si>
   <si>
     <t>08/04/2020  26/08/2020</t>
   </si>
   <si>
     <t>€ 35.000,00 +   € 25.000,00</t>
   </si>
   <si>
     <t>AVV. MAURIZIO CONSOLI</t>
   </si>
   <si>
     <t>AVV. PIERO BRAMBATI</t>
   </si>
   <si>
     <t>ATTI/1661</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=29813,&amp;stream=</t>
   </si>
   <si>
-    <t>ATTI/2589</t>
-[...10 lines deleted...]
-  <si>
     <t>DAVIDE SCAGLIA</t>
   </si>
   <si>
     <t>DONATO LIGUORI</t>
   </si>
   <si>
     <t>ROSSANA TIRONE</t>
   </si>
   <si>
     <t>ATTI/3615</t>
   </si>
   <si>
     <t>E/0016210</t>
   </si>
   <si>
     <t>E/0020599</t>
   </si>
   <si>
     <t>ATTI/3611</t>
   </si>
   <si>
     <t>ATTI/3606</t>
   </si>
   <si>
     <t>€ 20.000,00 annui al lordo delle imposte</t>
@@ -272,152 +242,96 @@
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=30210&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=30211&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=30212&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=30213&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=30214&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/5932</t>
   </si>
   <si>
     <t>SPESE CONNESSE ALL'INCARICO ONERI PREVIDENZIALI E SPESE GENERALI AL 15%. Nel compenso è incluso l'importo relativo all'attività di domiciliazione pari ad euro 500,00 a cui aggiungere oneri previdenziali e spese generali al 15%</t>
   </si>
   <si>
     <t>ATTI/338</t>
   </si>
   <si>
-    <t>U/0045653</t>
-[...4 lines deleted...]
-  <si>
     <t>NOMINA</t>
   </si>
   <si>
-    <t>Euro 12.000,00 annui al lordo delle imposte. Al suddetto importo verrà aggiunta l’IVA dovuta e saranno effettuate le ritenute previste dalla normativa vigente;</t>
-[...13 lines deleted...]
-  <si>
     <t>CRISTIANA CRISMANI</t>
   </si>
   <si>
-    <t>U/0045665</t>
-[...13 lines deleted...]
-  <si>
     <t>ATTI/625</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=31445&amp;stream=</t>
-  </si>
-[...7 lines deleted...]
-    <t>FRIULIA S.p.A.</t>
   </si>
   <si>
     <t>ATTI/3424</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=32606&amp;stream=</t>
   </si>
   <si>
     <t>AVV. BERGIANTI</t>
   </si>
   <si>
     <t>ATTI/3776</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=32686&amp;stream=</t>
   </si>
   <si>
     <t>AVV. GIOVANNI DI LULLO</t>
   </si>
   <si>
     <t>06/06/2019 12/01/2023</t>
   </si>
   <si>
     <t>U/23966 + 
 U/1626</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33012&amp;stream=</t>
   </si>
   <si>
     <t>AVV. ZGAGLIARDICH</t>
   </si>
   <si>
-    <t>ATTI/1023 +
-[...6 lines deleted...]
-  <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33330&amp;stream=</t>
   </si>
   <si>
-    <t>https://www.autovie.it/ProxyVFS.axd?snode=33331&amp;stream=</t>
-[...1 lines deleted...]
-  <si>
     <t>ATTI/900</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33520&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/1433</t>
   </si>
   <si>
     <t>ATTI/651</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33805&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/2545</t>
   </si>
   <si>
     <t xml:space="preserve">AVV. MAURIZIO CONSOLI </t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=</t>
   </si>
   <si>
     <t>COMPONENTE MONOCRATICO DELL'ORGANISMO DI VIGILANZA EX D.Lgs. 231/2001 e s.m.i.</t>
@@ -458,69 +372,75 @@
   <si>
     <t>€ 15.000,00 annui al lordo delle imposte</t>
   </si>
   <si>
     <t>€ 10.000,00 annui al lordo delle imposte</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=34014&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=34013&amp;stream=</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=34015&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/119</t>
   </si>
   <si>
     <t>ATTI/135</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=34023&amp;stream=</t>
   </si>
   <si>
+    <t>ATTI/20</t>
+  </si>
+  <si>
+    <t>ONERI PREVIDENZIALI E SPESE GENERALI AL 15%</t>
+  </si>
+  <si>
+    <t>https://www.autovie.it/ProxyVFS.axd?snode=34129&amp;stream=</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 27/12/2023 + 
+30/12/2024 + 
+02/12/2025</t>
+  </si>
+  <si>
     <t>U/32445 + 
-U/4462</t>
-[...3 lines deleted...]
-30/12/2024</t>
+U/4462 +
+U/2354</t>
   </si>
   <si>
     <t>31/12/2024 +
-31/12/2025</t>
-[...8 lines deleted...]
-    <t>https://www.autovie.it/ProxyVFS.axd?snode=34129&amp;stream=</t>
+31/12/2025 +
+31/12/2026</t>
+  </si>
+  <si>
+    <t>U/5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-&quot;€&quot;\ * #,##0.00_-;\-&quot;€&quot;\ * #,##0.00_-;_-&quot;€&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-[$€-410]\ * #,##0.00_-;\-[$€-410]\ * #,##0.00_-;_-[$€-410]\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -600,51 +520,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -695,50 +615,68 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
@@ -980,1685 +918,1373 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30213&amp;stream=" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31368,&amp;stream=" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33331&amp;stream=" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=20130,&amp;stream=" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34013&amp;stream=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30212&amp;stream=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31369,&amp;stream=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33330&amp;stream=" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34014&amp;stream=" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34129&amp;stream=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=20145,&amp;stream=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31367,&amp;stream=" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31445&amp;stream=" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=24430,&amp;stream=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30211&amp;stream=" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33012&amp;stream=" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34023&amp;stream=" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=20312,&amp;stream=" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=22812,&amp;stream=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32686&amp;stream=" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33805&amp;stream=" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30210&amp;stream=" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31370,&amp;stream=" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33973&amp;stream=" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30070,&amp;stream=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30214&amp;stream=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32606&amp;stream=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33520&amp;stream=" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33943&amp;stream=" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34015&amp;stream=" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28392,&amp;stream=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30212&amp;stream=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=20130,&amp;stream=" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33520&amp;stream=" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34015&amp;stream=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33943&amp;stream=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30211&amp;stream=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31445&amp;stream=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33330&amp;stream=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34013&amp;stream=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33012&amp;stream=" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34129&amp;stream=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=24430,&amp;stream=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30210&amp;stream=" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=22812,&amp;stream=" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34014&amp;stream=" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32686&amp;stream=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34023&amp;stream=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30214&amp;stream=" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33805&amp;stream=" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30213&amp;stream=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32606&amp;stream=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33973&amp;stream=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L40"/>
+  <dimension ref="A1:L32"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScale="70" zoomScaleNormal="80" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.6640625" style="6" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="28.6640625" style="19" customWidth="1"/>
+    <col min="1" max="1" width="22.7109375" style="6" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="6" customWidth="1"/>
+    <col min="3" max="3" width="18.42578125" style="13" customWidth="1"/>
+    <col min="4" max="4" width="30.28515625" style="6" customWidth="1"/>
+    <col min="5" max="5" width="37.5703125" style="6" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" style="13" customWidth="1"/>
+    <col min="7" max="7" width="14.5703125" style="7" customWidth="1"/>
+    <col min="8" max="8" width="28.7109375" style="19" customWidth="1"/>
     <col min="9" max="9" width="17" style="6" customWidth="1"/>
-    <col min="10" max="10" width="27.5546875" style="6" customWidth="1"/>
-    <col min="11" max="11" width="25.6640625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="27.5703125" style="6" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="9" customWidth="1"/>
     <col min="12" max="12" width="15" style="7" customWidth="1"/>
-    <col min="13" max="13" width="4.44140625" style="6" customWidth="1"/>
-    <col min="14" max="16384" width="9.33203125" style="6"/>
+    <col min="13" max="13" width="4.42578125" style="6" customWidth="1"/>
+    <col min="14" max="16384" width="9.28515625" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="20" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="8" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="10" t="s">
+    <row r="2" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" s="32">
+        <v>46024</v>
+      </c>
+      <c r="D2" s="35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" s="32">
+        <v>46024</v>
+      </c>
+      <c r="G2" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="H2" s="38" t="s">
+        <v>100</v>
+      </c>
+      <c r="I2" s="34">
+        <v>2353</v>
+      </c>
+      <c r="J2" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="K2" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="L2" s="36">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="B2" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="11">
+      <c r="B3" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="C3" s="11">
         <v>45792</v>
-      </c>
-[...36 lines deleted...]
-        <v>45572</v>
       </c>
       <c r="D3" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="15" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F3" s="11">
+        <v>45792</v>
+      </c>
+      <c r="G3" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="I3" s="30">
+        <v>2000</v>
+      </c>
+      <c r="J3" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="K3" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L3" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="17" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" s="11">
         <v>45572</v>
-      </c>
-[...27 lines deleted...]
-        <v>45559</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="15" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F4" s="11">
-        <v>45559</v>
-[...5 lines deleted...]
-        <v>121</v>
+        <v>45572</v>
+      </c>
+      <c r="G4" s="11">
+        <v>45878</v>
+      </c>
+      <c r="H4" s="31" t="s">
+        <v>113</v>
       </c>
       <c r="I4" s="30">
-        <v>2500</v>
+        <v>4000</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L4" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="17" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="C5" s="11">
-        <v>45432</v>
+        <v>45559</v>
       </c>
       <c r="D5" s="15" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E5" s="15" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="F5" s="11">
-        <v>45446</v>
-[...8 lines deleted...]
-        <v>134</v>
+        <v>45559</v>
+      </c>
+      <c r="G5" s="11">
+        <v>45553</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>93</v>
+      </c>
+      <c r="I5" s="30">
+        <v>2500</v>
       </c>
       <c r="J5" s="10" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L5" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" ht="34.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="17" t="s">
-        <v>43</v>
+        <v>101</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>132</v>
+        <v>102</v>
       </c>
       <c r="C6" s="11">
         <v>45432</v>
       </c>
       <c r="D6" s="15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E6" s="15" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F6" s="11">
         <v>45446</v>
       </c>
       <c r="G6" s="12" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
       <c r="H6" s="23" t="s">
-        <v>137</v>
+        <v>108</v>
       </c>
       <c r="I6" s="30" t="s">
-        <v>135</v>
+        <v>106</v>
       </c>
       <c r="J6" s="10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="K6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L6" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="32.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" ht="33.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="17" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>133</v>
+        <v>104</v>
       </c>
       <c r="C7" s="11">
-        <v>45433</v>
+        <v>45432</v>
       </c>
       <c r="D7" s="15" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E7" s="15" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F7" s="11">
         <v>45446</v>
       </c>
       <c r="G7" s="12" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
       <c r="H7" s="23" t="s">
-        <v>138</v>
+        <v>109</v>
       </c>
       <c r="I7" s="30" t="s">
-        <v>135</v>
+        <v>107</v>
       </c>
       <c r="J7" s="10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L7" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="10" t="s">
+    <row r="8" spans="1:12" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="10" t="s">
         <v>105</v>
       </c>
-      <c r="B8" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="11">
+        <v>45433</v>
+      </c>
+      <c r="D8" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" s="11">
+        <v>45446</v>
+      </c>
+      <c r="G8" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="H8" s="23" t="s">
+        <v>110</v>
+      </c>
+      <c r="I8" s="30" t="s">
+        <v>107</v>
+      </c>
+      <c r="J8" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L8" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="C9" s="11">
         <v>45401</v>
-      </c>
-[...36 lines deleted...]
-        <v>45303</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F9" s="11">
+        <v>45401</v>
+      </c>
+      <c r="G9" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" s="38" t="s">
+        <v>100</v>
+      </c>
+      <c r="I9" s="30">
+        <v>2491.27</v>
+      </c>
+      <c r="J9" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L9" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" s="11">
         <v>45303</v>
       </c>
-      <c r="G9" s="11">
+      <c r="D10" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" s="11">
+        <v>45303</v>
+      </c>
+      <c r="G10" s="11">
         <v>45341</v>
       </c>
-      <c r="H9" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="30">
+      <c r="H10" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="I10" s="30">
         <v>7450</v>
       </c>
-      <c r="J9" s="15" t="s">
-[...25 lines deleted...]
-      <c r="F10" s="11">
+      <c r="J10" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="K10" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L10" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="36.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="33" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" s="33" t="s">
+        <v>118</v>
+      </c>
+      <c r="C11" s="32" t="s">
+        <v>117</v>
+      </c>
+      <c r="D11" s="33" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" s="32">
         <v>45292</v>
       </c>
-      <c r="G10" s="11" t="s">
-[...5 lines deleted...]
-      <c r="I10" s="30">
+      <c r="G11" s="32" t="s">
+        <v>119</v>
+      </c>
+      <c r="H11" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="I11" s="34">
         <v>4000</v>
       </c>
-      <c r="J10" s="15" t="s">
-[...16 lines deleted...]
-      <c r="C11" s="3">
+      <c r="J11" s="35" t="s">
+        <v>21</v>
+      </c>
+      <c r="K11" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="L11" s="36">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" s="3">
         <v>45266</v>
       </c>
-      <c r="D11" s="17" t="s">
+      <c r="D12" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="E11" s="17" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="11">
+      <c r="E12" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F12" s="11">
         <v>45266</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G12" s="11">
         <v>45862</v>
       </c>
-      <c r="H11" s="22" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="18">
+      <c r="H12" s="22" t="s">
+        <v>93</v>
+      </c>
+      <c r="I12" s="18">
         <v>6000</v>
       </c>
-      <c r="J11" s="10" t="s">
+      <c r="J12" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="K11" s="12" t="s">
-[...13 lines deleted...]
-      <c r="C12" s="11">
+      <c r="K12" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L12" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" s="11">
         <v>45036</v>
-      </c>
-[...36 lines deleted...]
-        <v>44993</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>45</v>
-[...11 lines deleted...]
-        <v>25000</v>
+        <v>41</v>
+      </c>
+      <c r="F13" s="11">
+        <v>45035</v>
+      </c>
+      <c r="G13" s="11">
+        <v>45379</v>
+      </c>
+      <c r="H13" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="I13" s="30">
+        <v>34229.32</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L13" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
-        <v>109</v>
+        <v>49</v>
       </c>
       <c r="B14" s="17" t="s">
-        <v>117</v>
+        <v>86</v>
       </c>
       <c r="C14" s="27">
-        <v>44973</v>
+        <v>44993</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>112</v>
+        <v>41</v>
+      </c>
+      <c r="F14" s="27">
+        <v>44993</v>
+      </c>
+      <c r="G14" s="11">
+        <v>45334</v>
+      </c>
+      <c r="H14" s="14" t="s">
+        <v>87</v>
       </c>
       <c r="I14" s="18">
-        <v>5983.5</v>
+        <v>25000</v>
       </c>
       <c r="J14" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L14" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>111</v>
+        <v>84</v>
+      </c>
+      <c r="B15" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" s="27">
+        <v>44973</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>83</v>
+        <v>41</v>
       </c>
       <c r="F15" s="11">
-        <v>44927</v>
+        <v>44973</v>
       </c>
       <c r="G15" s="11">
-        <v>45291</v>
+        <v>45706</v>
       </c>
       <c r="H15" s="22" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>85</v>
+      </c>
+      <c r="I15" s="18">
+        <v>5983.5</v>
       </c>
       <c r="J15" s="15" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L15" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="10" t="s">
-        <v>102</v>
+        <v>77</v>
       </c>
       <c r="B16" s="28" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="C16" s="27">
         <v>44907</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F16" s="11">
         <v>44907</v>
       </c>
       <c r="G16" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="22" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="I16" s="18">
         <v>2435.5</v>
       </c>
       <c r="J16" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="10" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B17" s="28" t="s">
-        <v>100</v>
+        <v>75</v>
       </c>
       <c r="C17" s="27">
         <v>44854</v>
       </c>
       <c r="D17" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F17" s="11">
         <v>44854</v>
       </c>
       <c r="G17" s="11">
         <v>45391</v>
       </c>
       <c r="H17" s="22" t="s">
-        <v>101</v>
+        <v>76</v>
       </c>
       <c r="I17" s="18">
         <v>9500</v>
       </c>
       <c r="J17" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L17" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="17" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B18" s="17" t="s">
-        <v>95</v>
+        <v>73</v>
       </c>
       <c r="C18" s="27">
         <v>44615</v>
       </c>
       <c r="D18" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F18" s="27">
         <v>44615</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="25" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="I18" s="26">
         <v>3912</v>
       </c>
       <c r="J18" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L18" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="17" t="s">
+    <row r="19" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="11">
+        <v>44596</v>
+      </c>
+      <c r="D19" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F19" s="11">
+        <v>44596</v>
+      </c>
+      <c r="G19" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="I19" s="18">
+        <v>1650</v>
+      </c>
+      <c r="J19" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L19" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B20" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C20" s="11">
+        <v>44510</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" s="11">
+        <v>44510</v>
+      </c>
+      <c r="G20" s="11">
+        <v>45798</v>
+      </c>
+      <c r="H20" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="I20" s="18">
+        <v>4500</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="K20" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L20" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="40.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="C21" s="11">
+        <v>44355</v>
+      </c>
+      <c r="D21" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E21" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" s="11">
+        <v>44357</v>
+      </c>
+      <c r="G21" s="3">
+        <v>45445</v>
+      </c>
+      <c r="H21" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="B19" s="17" t="s">
-[...95 lines deleted...]
-      </c>
       <c r="I21" s="18" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>61</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>21</v>
       </c>
       <c r="K21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L21" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:12" ht="37.9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="17" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="C22" s="11">
-        <v>44550</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>44354</v>
+      </c>
+      <c r="D22" s="17" t="s">
+        <v>38</v>
       </c>
       <c r="E22" s="17" t="s">
-        <v>83</v>
+        <v>20</v>
       </c>
       <c r="F22" s="11">
-        <v>44562</v>
+        <v>44357</v>
       </c>
       <c r="G22" s="3">
-        <v>45291</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>45445</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>65</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>61</v>
+      </c>
+      <c r="J22" s="10" t="s">
+        <v>21</v>
       </c>
       <c r="K22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L22" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>80</v>
+    <row r="23" spans="1:12" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="17" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>56</v>
       </c>
       <c r="C23" s="11">
-        <v>44596</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>44355</v>
+      </c>
+      <c r="D23" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" s="17" t="s">
+        <v>20</v>
       </c>
       <c r="F23" s="11">
-        <v>44596</v>
-[...4 lines deleted...]
-      <c r="H23" s="24" t="s">
+        <v>44357</v>
+      </c>
+      <c r="G23" s="3">
+        <v>45445</v>
+      </c>
+      <c r="H23" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="I23" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="J23" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="K23" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L23" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="31.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="C24" s="11">
+        <v>44316</v>
+      </c>
+      <c r="D24" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E24" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" s="11">
+        <v>44357</v>
+      </c>
+      <c r="G24" s="3">
+        <v>45445</v>
+      </c>
+      <c r="H24" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="I24" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="J24" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="K24" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L24" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="17" t="s">
         <v>58</v>
       </c>
-      <c r="I23" s="18">
-[...25 lines deleted...]
-      <c r="E24" s="15" t="s">
+      <c r="C25" s="11">
+        <v>44354</v>
+      </c>
+      <c r="D25" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="F24" s="11">
-[...33 lines deleted...]
-      </c>
       <c r="E25" s="17" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F25" s="11">
         <v>44357</v>
       </c>
       <c r="G25" s="3">
         <v>45445</v>
       </c>
       <c r="H25" s="22" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="J25" s="10" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="K25" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L25" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="26" spans="1:12" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="C26" s="11">
+        <v>44257</v>
+      </c>
+      <c r="D26" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F26" s="11">
+        <v>44257</v>
+      </c>
+      <c r="G26" s="11">
+        <v>45720</v>
+      </c>
+      <c r="H26" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="I26" s="18">
+        <v>55000</v>
+      </c>
+      <c r="J26" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K26" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L26" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B27" s="17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D27" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="11">
+        <v>43929</v>
+      </c>
+      <c r="G27" s="11">
+        <v>45720</v>
+      </c>
+      <c r="H27" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="I27" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K27" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="L27" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C28" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="F28" s="11">
+        <v>43622</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="I28" s="21">
+        <v>5493.22</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K28" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L28" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="B26" s="17" t="s">
-[...8 lines deleted...]
-      <c r="E26" s="17" t="s">
+      <c r="C29" s="11">
+        <v>43622</v>
+      </c>
+      <c r="D29" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E29" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="F26" s="11">
-[...34 lines deleted...]
-      <c r="E27" s="17" t="s">
+      <c r="F29" s="11">
+        <v>43622</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="I29" s="21">
+        <v>4051.95</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="K29" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="L29" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C30" s="11">
+        <v>43622</v>
+      </c>
+      <c r="D30" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="E30" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="F27" s="11">
-[...34 lines deleted...]
-      <c r="E28" s="17" t="s">
+      <c r="F30" s="11">
+        <v>43622</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="I30" s="21">
+        <v>6282.25</v>
+      </c>
+      <c r="J30" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="K30" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="11">
+        <v>43276</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="F28" s="11">
-[...34 lines deleted...]
-      <c r="E29" s="17" t="s">
+      <c r="F31" s="11">
+        <v>43276</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="I31" s="21">
+        <v>1700</v>
+      </c>
+      <c r="J31" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="K31" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="L31" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="45" x14ac:dyDescent="0.2">
+      <c r="A32" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C32" s="3">
+        <v>43131</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F29" s="11">
-[...195 lines deleted...]
-      <c r="H34" s="14" t="s">
+      <c r="F32" s="3">
+        <v>43131</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="I32" s="21">
+        <v>6448</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="K32" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="I34" s="21">
-[...236 lines deleted...]
-      <c r="L40" s="1">
+      <c r="L32" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L40" xr:uid="{00000000-0009-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition descending="1" ref="H1:H40"/>
+  <autoFilter ref="A1:L32" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState ref="A21:L32">
+      <sortCondition descending="1" ref="H1:H32"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
-    <hyperlink ref="H40" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
-[...36 lines deleted...]
-    <hyperlink ref="H2" r:id="rId38" xr:uid="{D9199DE3-42AE-47A8-AD72-B663EC3AA1B6}"/>
+    <hyperlink ref="H32" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="H30" r:id="rId2" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="H29" r:id="rId3" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="H27" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="H26" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="H21" r:id="rId6" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="H24" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="H22" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="H23" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="H25" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="H20" r:id="rId11" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="H18" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="H31" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="H17" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="H16" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="H28" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="H15" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="H14" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="H13" r:id="rId19" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="H12" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="H11" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="H10" r:id="rId22" xr:uid="{1CA18E51-9A82-41E3-9508-8CFB2DDA5E6A}"/>
+    <hyperlink ref="H9" r:id="rId23" xr:uid="{02D11B3F-6F3D-48C3-A945-AB60F1745E79}"/>
+    <hyperlink ref="H6" r:id="rId24" xr:uid="{A4CC7977-9F56-44A2-A7EE-018FA84B24B1}"/>
+    <hyperlink ref="H7" r:id="rId25" xr:uid="{F4776298-B25C-4EE7-A0AF-A1F374EA3FB3}"/>
+    <hyperlink ref="H8" r:id="rId26" xr:uid="{81D09F36-9A02-4C12-AE2D-DE86B0A99099}"/>
+    <hyperlink ref="H5" r:id="rId27" xr:uid="{B6730FF9-EAC4-4916-B036-4C95043CBD13}"/>
+    <hyperlink ref="H4" r:id="rId28" xr:uid="{F1B3AF96-ECB6-4C89-A326-3D0DA4D69224}"/>
+    <hyperlink ref="H3" r:id="rId29" xr:uid="{D9199DE3-42AE-47A8-AD72-B663EC3AA1B6}"/>
+    <hyperlink ref="H2" r:id="rId30" xr:uid="{45124C19-F8EB-4A6C-8740-8023295B99C5}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="1.4045572916666667" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="67" fitToHeight="8" orientation="landscape" r:id="rId39"/>
+  <pageSetup paperSize="8" scale="67" fitToHeight="8" orientation="landscape" r:id="rId31"/>
   <headerFooter>
     <oddHeader>&amp;LS.P.A. AUTOVIE VENETE IN LIQUIDAZIONE
 www.autovie.it&amp;C&amp;"-,Grassetto"Incarichi di collaborazione o consulenza POST D.Lgs 97/2016. Pubblicazione ai sensi dell'art. 15 bis del D.Lgs 33/2013&amp;RAggiornamento 
-15 ottobre 2025</oddHeader>
+7 gennaio 2026</oddHeader>
     <oddFooter xml:space="preserve">&amp;R&amp;P di &amp;N
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>POST d.lgs97-16 - 15ott2025</vt:lpstr>
-      <vt:lpstr>'POST d.lgs97-16 - 15ott2025'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>POST d.lgs97-16 - 7gen2026</vt:lpstr>
+      <vt:lpstr>'POST d.lgs97-16 - 7gen2026'!Titoli_stampa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Autovie Venete S.p.A.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Francesca Masini</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>