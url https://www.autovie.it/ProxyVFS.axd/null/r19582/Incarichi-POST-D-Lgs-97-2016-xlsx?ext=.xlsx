--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U08622\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\CL\01_10_2021_PRS-PC DAL 1 OTT 2021\03_TRASPARENZA\03_CONSULENTI E COLLABORATORI\01_SAAV\02_DAL 01.06.2022\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{26024BFE-3115-4A12-A32B-B12BE7D14883}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{736DDC7C-EBC2-4E4F-8A39-5F26FCCF79E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="POST d.lgs97-16 - 7gen2026" sheetId="2" r:id="rId1"/>
+    <sheet name="POST d.lgs97-16 - 3mar2026" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'POST d.lgs97-16 - 7gen2026'!$A$1:$L$32</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'POST d.lgs97-16 - 7gen2026'!$1:$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'POST d.lgs97-16 - 3mar2026'!$A$1:$L$30</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'POST d.lgs97-16 - 3mar2026'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="115">
   <si>
     <t>Soggetto percettore</t>
   </si>
   <si>
     <t>Protocollo</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Oggetto prestazione</t>
   </si>
   <si>
     <t>Ragione dell'incarico</t>
   </si>
   <si>
     <t>Data inizio</t>
   </si>
   <si>
     <t>Data fine</t>
   </si>
   <si>
     <t>Allegato (CV)</t>
   </si>
   <si>
@@ -174,53 +174,50 @@
     <t>ARDITO VERA</t>
   </si>
   <si>
     <t>NECESSITA' DI ASSISTENZA GIURIDICO-LEGALE</t>
   </si>
   <si>
     <t>U/23988</t>
   </si>
   <si>
     <t>AVV. TIZIANO BORLINA</t>
   </si>
   <si>
     <t>VELLUTO GIUSEPPE</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/1792 + U/28723</t>
   </si>
   <si>
     <t>08/04/2020  26/08/2020</t>
   </si>
   <si>
     <t>€ 35.000,00 +   € 25.000,00</t>
-  </si>
-[...1 lines deleted...]
-    <t>AVV. MAURIZIO CONSOLI</t>
   </si>
   <si>
     <t>AVV. PIERO BRAMBATI</t>
   </si>
   <si>
     <t>ATTI/1661</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=29813,&amp;stream=</t>
   </si>
   <si>
     <t>DAVIDE SCAGLIA</t>
   </si>
   <si>
     <t>DONATO LIGUORI</t>
   </si>
   <si>
     <t>ROSSANA TIRONE</t>
   </si>
   <si>
     <t>ATTI/3615</t>
   </si>
   <si>
     <t>E/0016210</t>
   </si>
@@ -288,87 +285,72 @@
     <t>ATTI/3776</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=32686&amp;stream=</t>
   </si>
   <si>
     <t>AVV. GIOVANNI DI LULLO</t>
   </si>
   <si>
     <t>06/06/2019 12/01/2023</t>
   </si>
   <si>
     <t>U/23966 + 
 U/1626</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33012&amp;stream=</t>
   </si>
   <si>
     <t>AVV. ZGAGLIARDICH</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33330&amp;stream=</t>
   </si>
   <si>
-    <t>ATTI/900</t>
-[...4 lines deleted...]
-  <si>
     <t>ATTI/1433</t>
   </si>
   <si>
     <t>ATTI/651</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33805&amp;stream=</t>
   </si>
   <si>
     <t>ATTI/2545</t>
   </si>
   <si>
     <t xml:space="preserve">AVV. MAURIZIO CONSOLI </t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=</t>
   </si>
   <si>
     <t>COMPONENTE MONOCRATICO DELL'ORGANISMO DI VIGILANZA EX D.Lgs. 231/2001 e s.m.i.</t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33943&amp;stream=</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://www.autovie.it/ProxyVFS.axd?snode=33973&amp;stream=</t>
   </si>
   <si>
     <t xml:space="preserve">U/2022 </t>
   </si>
   <si>
     <t>https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=</t>
   </si>
   <si>
     <t>GIOVANNI PROCLEMER</t>
   </si>
   <si>
     <t>E/2345</t>
   </si>
   <si>
     <t>Approvazione Bilancio d'esercizio al 31/12/2026</t>
   </si>
   <si>
     <t>E/2344</t>
   </si>
   <si>
     <t>E/2360</t>
   </si>
   <si>
     <t>€ 15.000,00 annui al lordo delle imposte</t>
   </si>
@@ -407,51 +389,51 @@
 30/12/2024 + 
 02/12/2025</t>
   </si>
   <si>
     <t>U/32445 + 
 U/4462 +
 U/2354</t>
   </si>
   <si>
     <t>31/12/2024 +
 31/12/2025 +
 31/12/2026</t>
   </si>
   <si>
     <t>U/5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-&quot;€&quot;\ * #,##0.00_-;\-&quot;€&quot;\ * #,##0.00_-;_-&quot;€&quot;\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-[$€-410]\ * #,##0.00_-;\-[$€-410]\ * #,##0.00_-;_-[$€-410]\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Calibri"/>
@@ -464,107 +446,100 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -611,71 +586,50 @@
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -918,1373 +872,1295 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30212&amp;stream=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=20130,&amp;stream=" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33520&amp;stream=" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34015&amp;stream=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33943&amp;stream=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30211&amp;stream=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31445&amp;stream=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33330&amp;stream=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34013&amp;stream=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33012&amp;stream=" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34129&amp;stream=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=24430,&amp;stream=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30210&amp;stream=" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=22812,&amp;stream=" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34014&amp;stream=" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32686&amp;stream=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34023&amp;stream=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30214&amp;stream=" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33805&amp;stream=" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30213&amp;stream=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32606&amp;stream=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33973&amp;stream=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30212&amp;stream=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=20130,&amp;stream=" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33805&amp;stream=" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34023&amp;stream=" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30211&amp;stream=" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=31445&amp;stream=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33330&amp;stream=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=26795,&amp;stream=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33012&amp;stream=" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33943&amp;stream=" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=24430,&amp;stream=" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30210&amp;stream=" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=22812,&amp;stream=" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34015&amp;stream=" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32686&amp;stream=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34013&amp;stream=" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33989&amp;stream=" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30214&amp;stream=" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=33936&amp;stream=" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=28500,&amp;stream=" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=30213&amp;stream=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=32606&amp;stream=" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34014&amp;stream=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autovie.it/ProxyVFS.axd?snode=34129&amp;stream=" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L32"/>
+  <dimension ref="A1:L30"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="70" zoomScaleNormal="80" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="H2" sqref="H2"/>
+    <sheetView tabSelected="1" view="pageLayout" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.33203125" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.7109375" style="6" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="28.7109375" style="19" customWidth="1"/>
+    <col min="1" max="1" width="22.6640625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="19.5546875" style="6" customWidth="1"/>
+    <col min="3" max="3" width="18.44140625" style="13" customWidth="1"/>
+    <col min="4" max="4" width="30.33203125" style="6" customWidth="1"/>
+    <col min="5" max="5" width="37.5546875" style="6" customWidth="1"/>
+    <col min="6" max="6" width="15.33203125" style="13" customWidth="1"/>
+    <col min="7" max="7" width="14.5546875" style="7" customWidth="1"/>
+    <col min="8" max="8" width="28.6640625" style="19" customWidth="1"/>
     <col min="9" max="9" width="17" style="6" customWidth="1"/>
-    <col min="10" max="10" width="27.5703125" style="6" customWidth="1"/>
-    <col min="11" max="11" width="25.7109375" style="9" customWidth="1"/>
+    <col min="10" max="10" width="27.5546875" style="6" customWidth="1"/>
+    <col min="11" max="11" width="25.6640625" style="9" customWidth="1"/>
     <col min="12" max="12" width="15" style="7" customWidth="1"/>
-    <col min="13" max="13" width="4.42578125" style="6" customWidth="1"/>
-    <col min="14" max="16384" width="9.28515625" style="6"/>
+    <col min="13" max="13" width="4.44140625" style="6" customWidth="1"/>
+    <col min="14" max="16384" width="9.33203125" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="20" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="8" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="2" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C2" s="32">
+    <row r="2" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" s="11">
         <v>46024</v>
       </c>
-      <c r="D2" s="35" t="s">
+      <c r="D2" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="E2" s="35" t="s">
+      <c r="E2" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="F2" s="32">
+      <c r="F2" s="11">
         <v>46024</v>
       </c>
-      <c r="G2" s="36" t="s">
+      <c r="G2" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="H2" s="38" t="s">
-[...2 lines deleted...]
-      <c r="I2" s="34">
+      <c r="H2" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="I2" s="30">
         <v>2353</v>
       </c>
-      <c r="J2" s="37" t="s">
+      <c r="J2" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="K2" s="36" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K2" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L2" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="10" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C3" s="11">
         <v>45792</v>
       </c>
       <c r="D3" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F3" s="11">
         <v>45792</v>
       </c>
       <c r="G3" s="12" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="14" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="I3" s="30">
         <v>2000</v>
       </c>
       <c r="J3" s="10" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="K3" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L3" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="17" t="s">
         <v>43</v>
       </c>
       <c r="B4" s="10" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="C4" s="11">
         <v>45572</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F4" s="11">
         <v>45572</v>
       </c>
       <c r="G4" s="11">
         <v>45878</v>
       </c>
       <c r="H4" s="31" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="I4" s="30">
         <v>4000</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L4" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="17" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B5" s="10" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C5" s="11">
         <v>45559</v>
       </c>
       <c r="D5" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F5" s="11">
         <v>45559</v>
       </c>
       <c r="G5" s="11">
         <v>45553</v>
       </c>
       <c r="H5" s="22" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="I5" s="30">
         <v>2500</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L5" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:12" ht="34.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:12" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="17" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="B6" s="10" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C6" s="11">
         <v>45432</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="15" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="11">
         <v>45446</v>
       </c>
       <c r="G6" s="12" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="H6" s="23" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="I6" s="30" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>21</v>
       </c>
       <c r="K6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L6" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:12" ht="33.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:12" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
         <v>40</v>
       </c>
       <c r="B7" s="10" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C7" s="11">
         <v>45432</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>20</v>
       </c>
       <c r="F7" s="11">
         <v>45446</v>
       </c>
       <c r="G7" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="H7" s="23" t="s">
         <v>103</v>
       </c>
-      <c r="H7" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I7" s="30" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L7" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:12" ht="32.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="17" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C8" s="11">
         <v>45433</v>
       </c>
       <c r="D8" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="15" t="s">
         <v>20</v>
       </c>
       <c r="F8" s="11">
         <v>45446</v>
       </c>
       <c r="G8" s="12" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="H8" s="23" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="I8" s="30" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L8" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C9" s="11">
         <v>45401</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="11">
         <v>45401</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="H9" s="38" t="s">
-        <v>100</v>
+      <c r="H9" s="23" t="s">
+        <v>94</v>
       </c>
       <c r="I9" s="30">
         <v>2491.27</v>
       </c>
       <c r="J9" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L9" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:12" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D10" s="15" t="s">
+    <row r="10" spans="1:12" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" s="11">
+        <v>45292</v>
+      </c>
+      <c r="G10" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="H10" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="I10" s="30">
+        <v>4000</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="K10" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L10" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" s="3">
+        <v>45266</v>
+      </c>
+      <c r="D11" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="E10" s="15" t="s">
-[...62 lines deleted...]
-    <row r="12" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E11" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" s="11">
+        <v>45266</v>
+      </c>
+      <c r="G11" s="11">
+        <v>45862</v>
+      </c>
+      <c r="H11" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="I11" s="18">
+        <v>6000</v>
+      </c>
+      <c r="J11" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L11" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
-        <v>92</v>
-[...7 lines deleted...]
-      <c r="D12" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" s="11">
+        <v>45036</v>
+      </c>
+      <c r="D12" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="E12" s="17" t="s">
+      <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="11">
-        <v>45266</v>
+        <v>45035</v>
       </c>
       <c r="G12" s="11">
-        <v>45862</v>
-[...7 lines deleted...]
-      <c r="J12" s="10" t="s">
+        <v>45379</v>
+      </c>
+      <c r="H12" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="I12" s="30">
+        <v>34229.32</v>
+      </c>
+      <c r="J12" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L12" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>50</v>
+    <row r="13" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>83</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>45036</v>
+        <v>86</v>
+      </c>
+      <c r="C13" s="27">
+        <v>44973</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="11">
-        <v>45035</v>
+        <v>44973</v>
       </c>
       <c r="G13" s="11">
-        <v>45379</v>
-[...5 lines deleted...]
-        <v>34229.32</v>
+        <v>45706</v>
+      </c>
+      <c r="H13" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="I13" s="18">
+        <v>5983.5</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L13" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>76</v>
+      </c>
+      <c r="B14" s="28" t="s">
+        <v>77</v>
       </c>
       <c r="C14" s="27">
-        <v>44993</v>
-[...1 lines deleted...]
-      <c r="D14" s="15" t="s">
+        <v>44907</v>
+      </c>
+      <c r="D14" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="E14" s="15" t="s">
+      <c r="E14" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="F14" s="27">
-[...6 lines deleted...]
-        <v>87</v>
+      <c r="F14" s="11">
+        <v>44907</v>
+      </c>
+      <c r="G14" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="22" t="s">
+        <v>78</v>
       </c>
       <c r="I14" s="18">
-        <v>25000</v>
-[...1 lines deleted...]
-      <c r="J14" s="15" t="s">
+        <v>2435.5</v>
+      </c>
+      <c r="J14" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L14" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="15" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="10" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>43</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>74</v>
       </c>
       <c r="C15" s="27">
-        <v>44973</v>
-[...1 lines deleted...]
-      <c r="D15" s="15" t="s">
+        <v>44854</v>
+      </c>
+      <c r="D15" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="E15" s="15" t="s">
+      <c r="E15" s="17" t="s">
         <v>41</v>
       </c>
       <c r="F15" s="11">
-        <v>44973</v>
+        <v>44854</v>
       </c>
       <c r="G15" s="11">
-        <v>45706</v>
+        <v>45391</v>
       </c>
       <c r="H15" s="22" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="I15" s="18">
-        <v>5983.5</v>
-[...1 lines deleted...]
-      <c r="J15" s="15" t="s">
+        <v>9500</v>
+      </c>
+      <c r="J15" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L15" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>78</v>
+    <row r="16" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="17" t="s">
+        <v>72</v>
       </c>
       <c r="C16" s="27">
-        <v>44907</v>
+        <v>44615</v>
       </c>
       <c r="D16" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="F16" s="11">
-[...2 lines deleted...]
-      <c r="G16" s="11" t="s">
+      <c r="F16" s="27">
+        <v>44615</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H16" s="22" t="s">
-[...5 lines deleted...]
-      <c r="J16" s="10" t="s">
+      <c r="H16" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="I16" s="26">
+        <v>3912</v>
+      </c>
+      <c r="J16" s="17" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L16" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="10" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-      <c r="D17" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" s="11">
+        <v>44596</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="E17" s="17" t="s">
+      <c r="E17" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F17" s="11">
-        <v>44854</v>
-[...5 lines deleted...]
-        <v>76</v>
+        <v>44596</v>
+      </c>
+      <c r="G17" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>51</v>
       </c>
       <c r="I17" s="18">
-        <v>9500</v>
+        <v>1650</v>
       </c>
       <c r="J17" s="10" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L17" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D18" s="17" t="s">
+    <row r="18" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="11">
+        <v>44510</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="E18" s="17" t="s">
-[...15 lines deleted...]
-        <v>18</v>
+      <c r="E18" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" s="11">
+        <v>44510</v>
+      </c>
+      <c r="G18" s="11">
+        <v>45798</v>
+      </c>
+      <c r="H18" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="I18" s="18">
+        <v>4500</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>68</v>
       </c>
       <c r="K18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L18" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-        <v>70</v>
+    <row r="19" spans="1:12" ht="40.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="17" t="s">
+        <v>59</v>
       </c>
       <c r="C19" s="11">
-        <v>44596</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>44355</v>
+      </c>
+      <c r="D19" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="17" t="s">
+        <v>20</v>
       </c>
       <c r="F19" s="11">
-        <v>44596</v>
-[...4 lines deleted...]
-      <c r="H19" s="24" t="s">
+        <v>44357</v>
+      </c>
+      <c r="G19" s="3">
+        <v>45445</v>
+      </c>
+      <c r="H19" s="22" t="s">
+        <v>62</v>
+      </c>
+      <c r="I19" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="J19" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="K19" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L19" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="17" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="11">
+        <v>44354</v>
+      </c>
+      <c r="D20" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E20" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" s="11">
+        <v>44357</v>
+      </c>
+      <c r="G20" s="3">
+        <v>45445</v>
+      </c>
+      <c r="H20" s="22" t="s">
+        <v>64</v>
+      </c>
+      <c r="I20" s="18" t="s">
+        <v>60</v>
+      </c>
+      <c r="J20" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="K20" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="L20" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="38.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="17" t="s">
         <v>52</v>
       </c>
-      <c r="I19" s="18">
-[...53 lines deleted...]
-      </c>
       <c r="B21" s="17" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C21" s="11">
         <v>44355</v>
       </c>
       <c r="D21" s="17" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="11">
         <v>44357</v>
       </c>
       <c r="G21" s="3">
         <v>45445</v>
       </c>
       <c r="H21" s="22" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I21" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L21" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:12" ht="37.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:12" ht="31.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="17" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="B22" s="17" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C22" s="11">
-        <v>44354</v>
+        <v>44316</v>
       </c>
       <c r="D22" s="17" t="s">
         <v>38</v>
       </c>
       <c r="E22" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F22" s="11">
         <v>44357</v>
       </c>
       <c r="G22" s="3">
         <v>45445</v>
       </c>
       <c r="H22" s="22" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I22" s="18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L22" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="1:12" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="17" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B23" s="17" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" s="11">
-        <v>44355</v>
+        <v>44354</v>
       </c>
       <c r="D23" s="17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E23" s="17" t="s">
         <v>20</v>
       </c>
       <c r="F23" s="11">
         <v>44357</v>
       </c>
       <c r="G23" s="3">
         <v>45445</v>
       </c>
       <c r="H23" s="22" t="s">
         <v>66</v>
       </c>
       <c r="I23" s="18" t="s">
         <v>61</v>
       </c>
       <c r="J23" s="10" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L23" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="24" spans="1:12" ht="31.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="B24" s="17" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="C24" s="11">
-        <v>44316</v>
+        <v>44257</v>
       </c>
       <c r="D24" s="17" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E24" s="17" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="F24" s="11">
-        <v>44357</v>
-[...2 lines deleted...]
-        <v>45445</v>
+        <v>44257</v>
+      </c>
+      <c r="G24" s="11">
+        <v>45720</v>
       </c>
       <c r="H24" s="22" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>45</v>
+      </c>
+      <c r="I24" s="18">
+        <v>55000</v>
       </c>
       <c r="J24" s="10" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="K24" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L24" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="25" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>55</v>
+    <row r="25" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>44</v>
       </c>
       <c r="B25" s="17" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>46</v>
+      </c>
+      <c r="C25" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D25" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>41</v>
       </c>
       <c r="F25" s="11">
-        <v>44357</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>43929</v>
+      </c>
+      <c r="G25" s="11">
+        <v>45720</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>45</v>
       </c>
       <c r="I25" s="18" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>48</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>18</v>
       </c>
       <c r="K25" s="12" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="L25" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="26" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="D26" s="17" t="s">
+    <row r="26" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" s="11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="E26" s="17" t="s">
+      <c r="E26" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F26" s="11">
-        <v>44257</v>
-[...10 lines deleted...]
-      <c r="J26" s="10" t="s">
+        <v>43622</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="I26" s="21">
+        <v>5493.22</v>
+      </c>
+      <c r="J26" s="15" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="12" t="s">
         <v>14</v>
       </c>
       <c r="L26" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="10" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>32</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="C27" s="11">
+        <v>43622</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="F27" s="11">
-        <v>43929</v>
-[...2 lines deleted...]
-        <v>45720</v>
+        <v>43622</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>17</v>
       </c>
       <c r="H27" s="14" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>33</v>
+      </c>
+      <c r="I27" s="21">
+        <v>4051.95</v>
       </c>
       <c r="J27" s="15" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="K27" s="12" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="28" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="10" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="B28" s="10" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>36</v>
+      </c>
+      <c r="C28" s="11">
+        <v>43622</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="F28" s="11">
         <v>43622</v>
       </c>
-      <c r="G28" s="3" t="s">
+      <c r="G28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="H28" s="14" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="I28" s="21">
-        <v>5493.22</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>6282.25</v>
+      </c>
+      <c r="J28" s="11" t="s">
+        <v>13</v>
       </c>
       <c r="K28" s="12" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="L28" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="29" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:12" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B29" s="10" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C29" s="11">
-        <v>43622</v>
-[...1 lines deleted...]
-      <c r="D29" s="15" t="s">
+        <v>43276</v>
+      </c>
+      <c r="D29" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="E29" s="15" t="s">
+      <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="11">
-        <v>43622</v>
+        <v>43276</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H29" s="14" t="s">
-        <v>33</v>
+      <c r="H29" s="16" t="s">
+        <v>28</v>
       </c>
       <c r="I29" s="21">
-        <v>4051.95</v>
-[...1 lines deleted...]
-      <c r="J29" s="15" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J29" s="10" t="s">
         <v>13</v>
       </c>
       <c r="K29" s="12" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:12" ht="65.25" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E30" s="15" t="s">
+    <row r="30" spans="1:12" ht="28.8" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C30" s="3">
+        <v>43131</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F30" s="11">
-        <v>43622</v>
+      <c r="F30" s="3">
+        <v>43131</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="H30" s="14" t="s">
-        <v>33</v>
+      <c r="H30" s="16" t="s">
+        <v>27</v>
       </c>
       <c r="I30" s="21">
-        <v>6282.25</v>
-[...1 lines deleted...]
-      <c r="J30" s="11" t="s">
+        <v>6448</v>
+      </c>
+      <c r="J30" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="K30" s="12" t="s">
+      <c r="K30" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="L30" s="12">
-[...75 lines deleted...]
-      <c r="L32" s="1">
+      <c r="L30" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L32" xr:uid="{00000000-0009-0000-0000-000000000000}">
-[...1 lines deleted...]
-      <sortCondition descending="1" ref="H1:H32"/>
+  <autoFilter ref="A1:L30" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A19:L30">
+      <sortCondition descending="1" ref="H1:H30"/>
     </sortState>
   </autoFilter>
   <hyperlinks>
-    <hyperlink ref="H32" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
-[...28 lines deleted...]
-    <hyperlink ref="H2" r:id="rId30" xr:uid="{45124C19-F8EB-4A6C-8740-8023295B99C5}"/>
+    <hyperlink ref="H30" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="H28" r:id="rId2" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="H27" r:id="rId3" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="H25" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="H24" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
+    <hyperlink ref="H19" r:id="rId6" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
+    <hyperlink ref="H22" r:id="rId7" xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="H20" r:id="rId8" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="H21" r:id="rId9" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="H23" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="H18" r:id="rId11" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="H16" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="H29" r:id="rId13" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="H15" r:id="rId14" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="H14" r:id="rId15" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="H26" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="H13" r:id="rId17" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="H12" r:id="rId18" xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="H11" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="H10" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="H9" r:id="rId21" xr:uid="{02D11B3F-6F3D-48C3-A945-AB60F1745E79}"/>
+    <hyperlink ref="H6" r:id="rId22" xr:uid="{A4CC7977-9F56-44A2-A7EE-018FA84B24B1}"/>
+    <hyperlink ref="H7" r:id="rId23" xr:uid="{F4776298-B25C-4EE7-A0AF-A1F374EA3FB3}"/>
+    <hyperlink ref="H8" r:id="rId24" xr:uid="{81D09F36-9A02-4C12-AE2D-DE86B0A99099}"/>
+    <hyperlink ref="H5" r:id="rId25" xr:uid="{B6730FF9-EAC4-4916-B036-4C95043CBD13}"/>
+    <hyperlink ref="H4" r:id="rId26" xr:uid="{F1B3AF96-ECB6-4C89-A326-3D0DA4D69224}"/>
+    <hyperlink ref="H3" r:id="rId27" xr:uid="{D9199DE3-42AE-47A8-AD72-B663EC3AA1B6}"/>
+    <hyperlink ref="H2" r:id="rId28" xr:uid="{45124C19-F8EB-4A6C-8740-8023295B99C5}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="1.4045572916666667" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="8" scale="67" fitToHeight="8" orientation="landscape" r:id="rId31"/>
+  <pageSetup paperSize="8" scale="68" fitToHeight="8" orientation="landscape" r:id="rId29"/>
   <headerFooter>
     <oddHeader>&amp;LS.P.A. AUTOVIE VENETE IN LIQUIDAZIONE
 www.autovie.it&amp;C&amp;"-,Grassetto"Incarichi di collaborazione o consulenza POST D.Lgs 97/2016. Pubblicazione ai sensi dell'art. 15 bis del D.Lgs 33/2013&amp;RAggiornamento 
-7 gennaio 2026</oddHeader>
+3 marzo 2026</oddHeader>
     <oddFooter xml:space="preserve">&amp;R&amp;P di &amp;N
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>POST d.lgs97-16 - 7gen2026</vt:lpstr>
-      <vt:lpstr>'POST d.lgs97-16 - 7gen2026'!Titoli_stampa</vt:lpstr>
+      <vt:lpstr>POST d.lgs97-16 - 3mar2026</vt:lpstr>
+      <vt:lpstr>'POST d.lgs97-16 - 3mar2026'!Titoli_stampa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Autovie Venete S.p.A.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Francesca Masini</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SV_QUERY_LIST_4F35BF76-6C0D-4D9B-82B2-816C12CF3733">
     <vt:lpwstr>empty_477D106A-C0D6-4607-AEBD-E2C9D60EA279</vt:lpwstr>
   </property>